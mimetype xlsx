--- v0 (2025-10-29)
+++ v1 (2026-01-01)
@@ -18,51 +18,51 @@
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="服務總表" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
   <si>
     <t>類別</t>
   </si>
   <si>
     <t>名稱</t>
   </si>
   <si>
     <t>細項</t>
   </si>
   <si>
     <t>費用</t>
   </si>
   <si>
-    <t>產生時間：2025-10-30 00:12:20</t>
+    <t>產生時間：2026-01-01 16:21:45</t>
   </si>
   <si>
     <t xml:space="preserve">專業        </t>
   </si>
   <si>
     <t>DNS</t>
   </si>
   <si>
     <t>申請、綁定、設置。租借費用需另外自費</t>
   </si>
   <si>
     <t>1500元(起)/次</t>
   </si>
   <si>
     <t>防火牆Policy</t>
   </si>
   <si>
     <t>對內對外網路開放對應Port</t>
   </si>
   <si>
     <t>600元(起)/時</t>
   </si>
   <si>
     <t>電腦重灌</t>
   </si>