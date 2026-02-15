--- v1 (2026-01-01)
+++ v2 (2026-02-15)
@@ -18,51 +18,51 @@
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="服務總表" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
   <si>
     <t>類別</t>
   </si>
   <si>
     <t>名稱</t>
   </si>
   <si>
     <t>細項</t>
   </si>
   <si>
     <t>費用</t>
   </si>
   <si>
-    <t>產生時間：2026-01-01 16:21:45</t>
+    <t>產生時間：2026-02-16 07:45:51</t>
   </si>
   <si>
     <t xml:space="preserve">專業        </t>
   </si>
   <si>
     <t>DNS</t>
   </si>
   <si>
     <t>申請、綁定、設置。租借費用需另外自費</t>
   </si>
   <si>
     <t>1500元(起)/次</t>
   </si>
   <si>
     <t>防火牆Policy</t>
   </si>
   <si>
     <t>對內對外網路開放對應Port</t>
   </si>
   <si>
     <t>600元(起)/時</t>
   </si>
   <si>
     <t>電腦重灌</t>
   </si>